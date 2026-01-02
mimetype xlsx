--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.226.166.15\共有\会計係共有\○07年度\07 HP情報公開\R7.8\02起案\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.226.166.15\共有\会計係共有\○07年度\07 HP情報公開\1_公金支出情報\R7.8\03広報担当へ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{57399790-B698-4992-A044-A6B3519A1379}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{62662AAF-38D2-4198-8863-70AE93946F97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="令和7年8月" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">令和7年8月!$A$1:$H$483</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">令和7年8月!$A$1:$H$416</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">令和7年8月!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -1968,51 +1968,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H483"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="120" zoomScaleNormal="100" zoomScaleSheetLayoutView="120" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C484" sqref="C484"/>
+      <selection pane="bottomLeft" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.8" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.109375" style="8" customWidth="1"/>
     <col min="2" max="2" width="16.88671875" style="8" customWidth="1"/>
     <col min="3" max="3" width="62.109375" style="20" customWidth="1"/>
     <col min="4" max="4" width="15.88671875" style="6" customWidth="1"/>
     <col min="5" max="8" width="22.6640625" style="8" customWidth="1"/>
     <col min="9" max="16384" width="9" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="37.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>40</v>
       </c>
@@ -9589,55 +9589,55 @@
         <v>2</v>
       </c>
       <c r="G292" s="7" t="s">
         <v>3</v>
       </c>
       <c r="H292" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="293" spans="1:8" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="7">
         <v>20250820</v>
       </c>
       <c r="B293" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C293" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D293" s="4">
         <v>333100</v>
       </c>
       <c r="E293" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="F293" s="9" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="F293" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G293" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H293" s="9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="294" spans="1:8" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A294" s="7">
         <v>20250820</v>
       </c>
       <c r="B294" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C294" s="15" t="s">
         <v>399</v>
       </c>
       <c r="D294" s="4">
         <v>183264050</v>
       </c>
       <c r="E294" s="7" t="s">
         <v>1</v>
       </c>
       <c r="F294" s="7" t="s">
         <v>10</v>
       </c>
       <c r="G294" s="7" t="s">